--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -1,1187 +1,702 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableUUM1"/>
         <w:tblW w:w="9734" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2336"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2388"/>
+        <w:gridCol w:w="1884"/>
+        <w:gridCol w:w="1356"/>
+        <w:gridCol w:w="4406"/>
+        <w:gridCol w:w="2088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002232D5" w:rsidRPr="00125C94" w14:paraId="5D2C9F49" w14:textId="77777777" w:rsidTr="00680AA5">
+      <w:tr w:rsidR="002232D5" w:rsidRPr="00125C94" w14:paraId="5D2C9F49" w14:textId="77777777" w:rsidTr="00C379E0">
         <w:trPr>
-          <w:trHeight w:val="1008"/>
+          <w:trHeight w:val="1940"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507BE310" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00F5778F" w:rsidP="008A466C">
+          <w:p w14:paraId="507BE310" w14:textId="1D51F680" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00C74DC8" w:rsidP="008A466C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk48482293"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Economica" w:eastAsia="Economica" w:hAnsi="Economica" w:cs="Economica"/>
-                <w:b/>
                 <w:noProof/>
-                <w:sz w:val="72"/>
-                <w:szCs w:val="72"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6262EE20" wp14:editId="2EA96658">
-[...2 lines deleted...]
-                  <wp:docPr id="2047606228" name="Picture 2"/>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C6A5BEC" wp14:editId="1C810FF8">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>38100</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>29210</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="914400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="6" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2047606228" name="Picture 2047606228"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="6" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="941491" cy="890549"/>
+                            <a:ext cx="914400" cy="914400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:inline>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5010" w:type="dxa"/>
+            <w:tcW w:w="5762" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC2AB7D" w14:textId="39799540" w:rsidR="00561C78" w:rsidRPr="00291328" w:rsidRDefault="00F5778F" w:rsidP="008A466C">
+          <w:p w14:paraId="774A102A" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00F5778F" w:rsidP="008A466C">
             <w:pPr>
               <w:spacing w:before="280"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291328">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Al-Rafidain </w:t>
             </w:r>
             <w:r w:rsidR="00561C78" w:rsidRPr="00291328">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Journal of Engineering Sciences</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...13 lines deleted...]
-              <w:ind w:right="-115"/>
+          <w:p w14:paraId="619A73C8" w14:textId="77777777" w:rsidR="0027467E" w:rsidRDefault="0027467E" w:rsidP="008A466C">
+            <w:pPr>
+              <w:spacing w:before="280"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...85 lines deleted...]
-          <w:p w14:paraId="368B440F" w14:textId="4D48BA57" w:rsidR="00561C78" w:rsidRPr="00291328" w:rsidRDefault="00561C78" w:rsidP="008A466C">
+          </w:p>
+          <w:p w14:paraId="6F5B1730" w14:textId="77777777" w:rsidR="0027467E" w:rsidRPr="00291328" w:rsidRDefault="0027467E" w:rsidP="0027467E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291328">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Journal homepage</w:t>
-[...13 lines deleted...]
-              <w:r w:rsidR="002438B4" w:rsidRPr="00291328">
+              <w:t xml:space="preserve">Journal homepage </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00291328">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>https://rjes.iq/index.php/rjes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="002438B4" w:rsidRPr="00291328">
+            <w:r w:rsidRPr="00291328">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17BEC08E" w14:textId="51EA7E08" w:rsidR="00561C78" w:rsidRPr="00291328" w:rsidRDefault="00E714FA" w:rsidP="008A466C">
+          <w:p w14:paraId="1EAFF938" w14:textId="77777777" w:rsidR="0027467E" w:rsidRDefault="0027467E" w:rsidP="0027467E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291328">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSN </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009569D7" w:rsidRPr="00291328">
+              <w:t xml:space="preserve">ISSN 3005-3153 (Online) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC2AB7D" w14:textId="44FFA6D4" w:rsidR="0027467E" w:rsidRPr="0027467E" w:rsidRDefault="0027467E" w:rsidP="0027467E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">3005-3153 </w:t>
-[...29 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2388" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39A70C90" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00561C78" w:rsidP="008A466C">
-            <w:pPr>
+          <w:p w14:paraId="3639A99C" w14:textId="0182B278" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00C74DC8" w:rsidP="008A466C">
+            <w:pPr>
+              <w:ind w:right="-115"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A7E2B0F" wp14:editId="374FD4BF">
+                  <wp:extent cx="1133114" cy="818776"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="635"/>
+                  <wp:docPr id="1" name="Picture 1" descr="D:\مجلة الرافدين للعلوم الهندسية\C.V\RU logo.png"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="D:\مجلة الرافدين للعلوم الهندسية\C.V\RU logo.png"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1137134" cy="821681"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561C78" w:rsidRPr="00125C94" w14:paraId="0149B656" w14:textId="77777777" w:rsidTr="00680AA5">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F23A963" w14:textId="1BAB0D8A" w:rsidR="00561C78" w:rsidRPr="00F17BAA" w:rsidRDefault="00561C78" w:rsidP="0035745A">
-[...1 lines deleted...]
-              <w:jc w:val="lowKashida"/>
+          <w:p w14:paraId="49F6CBCA" w14:textId="77777777" w:rsidR="00D5138C" w:rsidRPr="00D5138C" w:rsidRDefault="00D5138C" w:rsidP="007F2FFE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:kern w:val="36"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002128D9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D5138C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:kern w:val="36"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...152 lines deleted...]
-                <w:iCs/>
+              </w:rPr>
+              <w:t>Wastewater Treatment Techniques Using Magnetic Fields: A Review</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF4E797" w14:textId="77777777" w:rsidR="00D5138C" w:rsidRPr="00057CFF" w:rsidRDefault="00D5138C" w:rsidP="007F2FFE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:iCs/>
+              </w:rPr>
+              <w:t>Rusul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fadhel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Soboh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">1* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Seroor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atalah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> khaleefa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00057CFF">
+              <w:rPr>
+                <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D2085E2" w14:textId="768C8A87" w:rsidR="009B5A95" w:rsidRDefault="00D5138C" w:rsidP="007F2FFE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D5138C">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00887D95">
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>,2</w:t>
+            </w:r>
+            <w:r w:rsidR="007F2FFE">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t>Computer Engineering D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5138C">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epartment, </w:t>
+            </w:r>
+            <w:r w:rsidR="007F2FFE">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t>Al-</w:t>
+            </w:r>
+            <w:r w:rsidR="00887D95">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t>Rafidain University</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5138C">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Baghdad, </w:t>
+            </w:r>
+            <w:r w:rsidR="00887D95">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10064, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5138C">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t>Iraq</w:t>
+            </w:r>
+            <w:r w:rsidR="00887D95">
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10ABD96A" w14:textId="4C1F7F0E" w:rsidR="009B5A95" w:rsidRDefault="009B5A95" w:rsidP="007F2FFE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="36"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00351EC1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:kern w:val="36"/>
+                </w:rPr>
+                <w:t>rusul@ruc.edu.iq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007F2FFE">
+              <w:rPr>
+                <w:kern w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E61620">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+          </w:p>
+          <w:p w14:paraId="3F39BC16" w14:textId="600A7094" w:rsidR="001A3F88" w:rsidRDefault="009B5A95" w:rsidP="007F2FFE">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="36"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5A95">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>seroor</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00351EC1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:kern w:val="36"/>
+                </w:rPr>
+                <w:t>@ruc.edu.iq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5138C">
+              <w:rPr>
+                <w:kern w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E72FEB">
-[...469 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="5488058C" w14:textId="657471AC" w:rsidR="00D5138C" w:rsidRPr="00D5138C" w:rsidRDefault="00D5138C" w:rsidP="00D5138C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:kern w:val="36"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002232D5" w:rsidRPr="00125C94" w14:paraId="0D269C39" w14:textId="77777777" w:rsidTr="00680AA5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68336CEE" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00561C78" w:rsidP="008A466C">
             <w:pPr>
@@ -1261,204 +776,233 @@
           </w:tcPr>
           <w:p w14:paraId="1D43E5C4" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00B43493" w:rsidRDefault="00561C78" w:rsidP="008A466C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B43493">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Article history:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="434D8D38" w14:textId="0CA40708" w:rsidR="00A6050C" w:rsidRPr="00A6050C" w:rsidRDefault="00A6050C" w:rsidP="008A466C">
+          <w:p w14:paraId="434D8D38" w14:textId="6E9F03F0" w:rsidR="00A6050C" w:rsidRPr="00A6050C" w:rsidRDefault="00A6050C" w:rsidP="00DC0022">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Received</w:t>
             </w:r>
             <w:r w:rsidR="00563DA3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A6050C">
+            <w:r w:rsidR="00A9715B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...4 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0022">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A6050C">
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112F82BA" w14:textId="65670911" w:rsidR="00A6050C" w:rsidRPr="00A6050C" w:rsidRDefault="00A6050C" w:rsidP="00DC0022">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Revised</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00563DA3">
+            </w:pPr>
+            <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">         </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A6050C">
+              <w:t>Revised</w:t>
+            </w:r>
+            <w:r w:rsidR="00563DA3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9715B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A6050C">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00563DA3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A6050C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0022">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Accepted</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00563DA3">
+              <w:t>2026,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B6C3D4" w14:textId="2CDA5DD5" w:rsidR="00A6050C" w:rsidRPr="00A6050C" w:rsidRDefault="00A6050C" w:rsidP="00DC0022">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Accepted</w:t>
+            </w:r>
+            <w:r w:rsidR="00563DA3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A6050C">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9715B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00563DA3">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6050C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0022">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A6050C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE2B73A" w14:textId="479678C9" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00A6050C" w:rsidP="008A466C">
+          <w:p w14:paraId="2DE2B73A" w14:textId="30406C05" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00A6050C" w:rsidP="009641BA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6050C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Available online </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00A9715B" w:rsidRPr="00A9715B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00A9715B" w:rsidRPr="00A9715B">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D9C0A8D" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00561C78" w:rsidP="008A466C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B43493">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1935,85 +1479,63 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A4130D9" w14:textId="77777777" w:rsidR="008A466C" w:rsidRDefault="008A466C" w:rsidP="008A466C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="693CCC18" w14:textId="77777777" w:rsidR="00B7197A" w:rsidRDefault="00B7197A" w:rsidP="008A466C">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B7197A" w:rsidSect="008A466C">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1077" w:bottom="1440" w:left="1077" w:header="578" w:footer="357" w:gutter="0"/>
           <w:cols w:space="566"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37835AC2" w14:textId="77777777" w:rsidR="00B7197A" w:rsidRDefault="00B7197A" w:rsidP="008A466C">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3EBFCEF6" w14:textId="0C1F520B" w:rsidR="00723C81" w:rsidRPr="00723C81" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125C94">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1. Introduction</w:t>
       </w:r>
       <w:r>
@@ -2063,61 +1585,61 @@
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D95ADB" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903730">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The main text format consists of a two column on A4 paper, single space, Time New Roman </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk63429927"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk63429927"/>
       <w:r w:rsidRPr="00903730">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>12pt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00903730">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903730">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
@@ -2160,61 +1682,61 @@
       <w:r w:rsidRPr="004757BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Literature review that has been done author used in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">section of </w:t>
       </w:r>
       <w:r w:rsidRPr="004757BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Introduction" to explain the difference of the manuscript with other papers, </w:t>
+        <w:t xml:space="preserve">"Introduction" to explain the </w:t>
       </w:r>
       <w:r w:rsidRPr="004757BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">that it is innovative, it is used in the </w:t>
+        <w:t xml:space="preserve">difference of the manuscript with other papers, that it is innovative, it is used in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">section </w:t>
       </w:r>
       <w:r w:rsidRPr="004757BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">"Research Method" to describe the step of research and used in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -2309,51 +1831,61 @@
       <w:r w:rsidRPr="00B64B85">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Explaining research chronological, including research design, research procedure (in the form of algorithms, Pseudocode or other), how to test and data acquisition [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B64B85">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>-3]. The description of the course of research should be supported references, so the explanation can be accepted scientifically [2, 4].</w:t>
+        <w:t xml:space="preserve">-3]. The description of the course of research should be supported references, so the explanation can be accepted scientifically [2, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B64B85">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4].</w:t>
       </w:r>
       <w:r w:rsidRPr="00125C94">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4FD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -3659,95 +3191,95 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3CD2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sub section </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk63432993"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk63432993"/>
       <w:r w:rsidRPr="000C3CD2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E72FEB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(12pt, Italic)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="14C54736" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00125C94" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:ind w:firstLine="369"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk64195898"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk64195898"/>
       <w:r w:rsidRPr="00D14BB8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>The most widely used and well discussed in the scientific papers is the class of genetic algorithms. The genetic algorithm is the first presented among the class of evolutionary algorithms.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="6F499A83" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00CD73F8" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B980C2" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00E72FEB" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -3843,51 +3375,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="184145FB" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF4575">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E72FEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(Bold, 12 </w:t>
       </w:r>
@@ -4184,50 +3715,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E11115">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>J. O. Williams, “Narrow-band analyzer,” Ph.D. dissertation, Dept. Elect. Eng., Harvard Univ., Cambridge, MA, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA6EB4C" w14:textId="77777777" w:rsidR="008A466C" w:rsidRPr="008A466C" w:rsidRDefault="008A466C" w:rsidP="008A466C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CFF6B86" w14:textId="77777777" w:rsidR="00561C78" w:rsidRPr="00F834D2" w:rsidRDefault="00561C78" w:rsidP="008A466C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
@@ -4261,205 +3793,199 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-SG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00561C78" w:rsidRPr="008A466C" w:rsidSect="00C24ABD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="576" w:footer="360" w:gutter="0"/>
       <w:cols w:num="2" w:space="282"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41F2F973" w14:textId="77777777" w:rsidR="00801F64" w:rsidRDefault="00801F64" w:rsidP="00561C78">
+    <w:p w14:paraId="1A8B9E8D" w14:textId="77777777" w:rsidR="005438CC" w:rsidRDefault="005438CC" w:rsidP="00561C78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E854D27" w14:textId="77777777" w:rsidR="00801F64" w:rsidRDefault="00801F64" w:rsidP="00561C78">
+    <w:p w14:paraId="4CC96D2F" w14:textId="77777777" w:rsidR="005438CC" w:rsidRDefault="005438CC" w:rsidP="00561C78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="707B941A" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0018574D">
+    <w:r w:rsidR="009641BA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FED9C9C" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3E2BF7AD" w14:textId="77777777" w:rsidR="00C6322D" w:rsidRDefault="00C6322D" w:rsidP="00B7197A">
+    <w:pPr>
+      <w:pStyle w:val="FootnoteText"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
   <w:p w14:paraId="7FB25D33" w14:textId="54D62032" w:rsidR="008A466C" w:rsidRDefault="008A466C" w:rsidP="00B7197A">
     <w:pPr>
       <w:pStyle w:val="FootnoteText"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Corresponding author E</w:t>
     </w:r>
     <w:r w:rsidRPr="00641085">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-mail address</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00694470">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78AE5F57" w14:textId="22B5642C" w:rsidR="008A466C" w:rsidRPr="002002F8" w:rsidRDefault="00801F64" w:rsidP="00B7197A">
+  <w:p w14:paraId="78AE5F57" w14:textId="22B5642C" w:rsidR="008A466C" w:rsidRPr="002002F8" w:rsidRDefault="005438CC" w:rsidP="00B7197A">
     <w:pPr>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="008A466C" w:rsidRPr="002002F8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="3366CC"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>https://doi.org/10.61268/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="548C8983" w14:textId="77777777" w:rsidR="008A466C" w:rsidRDefault="008A466C" w:rsidP="008A466C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -4530,51 +4056,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>under</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:color w:val="212529"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00917C02">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:color w:val="212529"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="217D9B16" w14:textId="77777777" w:rsidR="008A466C" w:rsidRPr="006919CE" w:rsidRDefault="00801F64" w:rsidP="008A466C">
+  <w:p w14:paraId="217D9B16" w14:textId="77777777" w:rsidR="008A466C" w:rsidRPr="006919CE" w:rsidRDefault="005438CC" w:rsidP="008A466C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="008A466C" w:rsidRPr="00F921F9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t> https://creativecommons.org/licenses/by-nc-sa/4.0/</w:t>
       </w:r>
     </w:hyperlink>
     <w:hyperlink r:id="rId3" w:history="1"/>
     <w:r w:rsidR="008A466C">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:color w:val="212529"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
@@ -4628,256 +4154,283 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2AEB4956" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0018574D">
+    <w:r w:rsidR="009641BA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1F69217D" w14:textId="77777777" w:rsidR="00561C78" w:rsidRDefault="00561C78">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="796D938B" w14:textId="77777777" w:rsidR="00801F64" w:rsidRDefault="00801F64" w:rsidP="00561C78">
+    <w:p w14:paraId="257717E4" w14:textId="77777777" w:rsidR="005438CC" w:rsidRDefault="005438CC" w:rsidP="00561C78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62909531" w14:textId="77777777" w:rsidR="00801F64" w:rsidRDefault="00801F64" w:rsidP="00561C78">
+    <w:p w14:paraId="743B0135" w14:textId="77777777" w:rsidR="005438CC" w:rsidRDefault="005438CC" w:rsidP="00561C78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6850846C" w14:textId="77777777" w:rsidR="00AC567D" w:rsidRDefault="00AC567D" w:rsidP="00AC567D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2448"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="73F51712" w14:textId="77777777" w:rsidR="00AC567D" w:rsidRDefault="00AC567D" w:rsidP="00AC567D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2448"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5D374F1C" w14:textId="15499590" w:rsidR="00561C78" w:rsidRPr="004E2831" w:rsidRDefault="00561C78" w:rsidP="0018574D">
+  <w:p w14:paraId="618CD99D" w14:textId="77777777" w:rsidR="00C6322D" w:rsidRDefault="00C6322D" w:rsidP="00402967">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2682"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="4873"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="12B60701" w14:textId="77777777" w:rsidR="00402967" w:rsidRPr="003F5EA9" w:rsidRDefault="00561C78" w:rsidP="00402967">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2682"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="4873"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B43493">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">First Author, Second Author, Third Author/ </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="000D3456">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Al-Rafidain Journal of Engineering </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Sciences</w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Issue </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00402967">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>2026</w:t>
+    </w:r>
+    <w:r w:rsidR="00402967" w:rsidRPr="003C3CF9">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>: XX-XX</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5D374F1C" w14:textId="192099B9" w:rsidR="00561C78" w:rsidRPr="004E2831" w:rsidRDefault="00561C78" w:rsidP="00402967">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2448"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B43493">
-[...96 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="6903F4E7" w14:textId="77777777" w:rsidR="003C3CF9" w:rsidRDefault="00561C78" w:rsidP="00C50124">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2682"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
@@ -4896,51 +4449,71 @@
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="74CBF691" w14:textId="77777777" w:rsidR="003C3CF9" w:rsidRDefault="003C3CF9" w:rsidP="003C3CF9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2682"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5E952273" w14:textId="32815747" w:rsidR="00561C78" w:rsidRPr="003F5EA9" w:rsidRDefault="00F5778F" w:rsidP="0018574D">
+  <w:p w14:paraId="4E31A4D2" w14:textId="77777777" w:rsidR="00C6322D" w:rsidRDefault="00C6322D" w:rsidP="000D77EB">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2682"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="4873"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5E952273" w14:textId="6E870000" w:rsidR="00561C78" w:rsidRPr="003F5EA9" w:rsidRDefault="00F5778F" w:rsidP="000D77EB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2682"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="center" w:pos="4873"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000D3456">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
@@ -4986,89 +4559,97 @@
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00561C78" w:rsidRPr="003C3CF9">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Vol</w:t>
     </w:r>
     <w:r w:rsidR="00CB0FBA" w:rsidRPr="003C3CF9">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidR="0018574D">
+    <w:r w:rsidR="000D77EB">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00482B9F" w:rsidRPr="003C3CF9">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, Issue </w:t>
     </w:r>
     <w:r w:rsidR="0018574D">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00561C78" w:rsidRPr="003C3CF9">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="0018574D">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="000D77EB">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00561C78" w:rsidRPr="003C3CF9">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>: XX-XX</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="622918D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="391C37E6"/>
     <w:lvl w:ilvl="0" w:tplc="B358D546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5162,114 +4743,134 @@
   <w:zoom w:val="bestFit" w:percent="159"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000600A0"/>
     <w:rsid w:val="00057B3A"/>
     <w:rsid w:val="000600A0"/>
     <w:rsid w:val="000C1710"/>
     <w:rsid w:val="000C1862"/>
     <w:rsid w:val="000D3456"/>
+    <w:rsid w:val="000D77EB"/>
     <w:rsid w:val="0018574D"/>
     <w:rsid w:val="001A3F88"/>
     <w:rsid w:val="001C0A14"/>
     <w:rsid w:val="001C20E2"/>
     <w:rsid w:val="0020193D"/>
+    <w:rsid w:val="00213F4D"/>
     <w:rsid w:val="002232D5"/>
     <w:rsid w:val="002438B4"/>
+    <w:rsid w:val="0027467E"/>
     <w:rsid w:val="00291328"/>
     <w:rsid w:val="002B0FDC"/>
     <w:rsid w:val="00330E50"/>
     <w:rsid w:val="0033340D"/>
     <w:rsid w:val="0035745A"/>
     <w:rsid w:val="003B3D9D"/>
     <w:rsid w:val="003C3CF9"/>
+    <w:rsid w:val="00402967"/>
     <w:rsid w:val="00426CD5"/>
     <w:rsid w:val="00452DCF"/>
     <w:rsid w:val="00482B9F"/>
     <w:rsid w:val="004D277C"/>
     <w:rsid w:val="004D2E2A"/>
+    <w:rsid w:val="005438CC"/>
     <w:rsid w:val="00546D06"/>
     <w:rsid w:val="00561C78"/>
     <w:rsid w:val="00563DA3"/>
     <w:rsid w:val="005653E6"/>
     <w:rsid w:val="005A6E2A"/>
     <w:rsid w:val="005B3E02"/>
     <w:rsid w:val="005D7A76"/>
     <w:rsid w:val="00600A15"/>
     <w:rsid w:val="00602280"/>
     <w:rsid w:val="006919CE"/>
+    <w:rsid w:val="00691F1C"/>
     <w:rsid w:val="00692E82"/>
     <w:rsid w:val="006B7E28"/>
+    <w:rsid w:val="007036E9"/>
     <w:rsid w:val="00723C81"/>
     <w:rsid w:val="00731274"/>
     <w:rsid w:val="007A17ED"/>
     <w:rsid w:val="007D3870"/>
+    <w:rsid w:val="007F2FFE"/>
     <w:rsid w:val="00801F64"/>
     <w:rsid w:val="008340A3"/>
     <w:rsid w:val="008823D9"/>
+    <w:rsid w:val="00887D95"/>
     <w:rsid w:val="008A466C"/>
     <w:rsid w:val="00910B5E"/>
     <w:rsid w:val="009569D7"/>
+    <w:rsid w:val="009641BA"/>
+    <w:rsid w:val="009B5A95"/>
     <w:rsid w:val="00A05119"/>
     <w:rsid w:val="00A6050C"/>
+    <w:rsid w:val="00A9715B"/>
     <w:rsid w:val="00AC567D"/>
     <w:rsid w:val="00B7197A"/>
     <w:rsid w:val="00C219AC"/>
     <w:rsid w:val="00C24ABD"/>
+    <w:rsid w:val="00C379E0"/>
+    <w:rsid w:val="00C6322D"/>
+    <w:rsid w:val="00C74DC8"/>
     <w:rsid w:val="00C95EFB"/>
     <w:rsid w:val="00CA79B3"/>
     <w:rsid w:val="00CB0FBA"/>
     <w:rsid w:val="00CD73F8"/>
     <w:rsid w:val="00D14BB8"/>
     <w:rsid w:val="00D15DF3"/>
     <w:rsid w:val="00D22105"/>
     <w:rsid w:val="00D3465E"/>
+    <w:rsid w:val="00D5138C"/>
     <w:rsid w:val="00D83369"/>
+    <w:rsid w:val="00DC0022"/>
+    <w:rsid w:val="00DD255C"/>
+    <w:rsid w:val="00DE38FB"/>
     <w:rsid w:val="00E26FD2"/>
     <w:rsid w:val="00E53CE8"/>
     <w:rsid w:val="00E61620"/>
     <w:rsid w:val="00E714FA"/>
     <w:rsid w:val="00E72FEB"/>
     <w:rsid w:val="00E77976"/>
     <w:rsid w:val="00EB5AA5"/>
     <w:rsid w:val="00F02516"/>
+    <w:rsid w:val="00F155C6"/>
     <w:rsid w:val="00F5778F"/>
     <w:rsid w:val="00F90F43"/>
     <w:rsid w:val="00F90F6A"/>
     <w:rsid w:val="00FD450A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -6125,54 +5726,54 @@
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D22105"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rjes.iq/index.php/rjes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rusul@ruc.edu.iq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rusul@ruc.edu.iq" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rjes.iq/index.php/rjes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///D:\Al-Rafidain%20Journal%20of%20Engineering%20Sciences%20(&#1612;RJES)\paper%20to%20journal\&#1575;&#1604;&#1593;&#1583;&#1583;%20&#1575;&#1604;&#1579;&#1575;&#1606;&#1610;\5.%20Saja\&#160;https:\creativecommons.org\licenses\by-nc-sa\4.0\" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.61268/qe48kc51" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="ar-IQ"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -6629,55 +6230,55 @@
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>338</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>226</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:yVal>
           <c:smooth val="1"/>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-50FF-4AD5-894D-4FBC1D43A8B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:axId val="182795264"/>
-        <c:axId val="182805632"/>
+        <c:axId val="136091136"/>
+        <c:axId val="136093056"/>
       </c:scatterChart>
       <c:valAx>
-        <c:axId val="182795264"/>
+        <c:axId val="136091136"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr>
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US">
                     <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>NF (Cycles to Failure</a:t>
                 </a:r>
                 <a:r>
@@ -6699,56 +6300,56 @@
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="0.42119484511282795"/>
               <c:y val="0.9216177038783856"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="ar-IQ"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="182805632"/>
+        <c:crossAx val="136093056"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="midCat"/>
       </c:valAx>
       <c:valAx>
-        <c:axId val="182805632"/>
+        <c:axId val="136093056"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines/>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
                     <a:effectLst/>
@@ -6788,51 +6389,51 @@
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="8.0598672458850065E-2"/>
               <c:y val="0.20614805348284343"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="ar-IQ"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="182795264"/>
+        <c:crossAx val="136091136"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="midCat"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:legendEntry>
         <c:idx val="3"/>
         <c:delete val="1"/>
       </c:legendEntry>
       <c:legendEntry>
         <c:idx val="4"/>
         <c:delete val="1"/>
       </c:legendEntry>
       <c:legendEntry>
         <c:idx val="5"/>
         <c:delete val="1"/>
       </c:legendEntry>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.791716296697347"/>
           <c:y val="2.8315832248717629E-2"/>
           <c:w val="0.19745533297238765"/>
@@ -7141,77 +6742,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4636</Characters>
+  <Pages>3</Pages>
+  <Words>799</Words>
+  <Characters>4557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Al-Qaisar Technologies</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5439</CharactersWithSpaces>
+  <CharactersWithSpaces>5346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>yasser ghazy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>